--- v0 (2025-10-23)
+++ v1 (2026-01-10)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1140612221"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1140612221"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2970506855"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2970506855"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2970506855"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1140612221"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1140612221"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2970506855"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2970506855"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2970506855"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1140612221"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1140612221"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2970506855"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2970506855"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2970506855"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1140612221"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1140612221"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2970506855"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2970506855"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2970506855"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1140612221"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1140612221"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2970506855"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2970506855"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2970506855"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1140612221"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1140612221"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2970506855"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2970506855"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2970506855"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1140612221"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1140612221"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2970506855"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2970506855"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2970506855"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1140612221"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1140612221"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2970506855"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2970506855"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2970506855"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1140612221"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1140612221"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2970506855"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2970506855"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2970506855"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>